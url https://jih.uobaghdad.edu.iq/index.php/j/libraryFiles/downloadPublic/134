--- v0 (2025-11-03)
+++ v1 (2025-12-16)
@@ -1,124 +1,150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
-[...2 lines deleted...]
-  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
-  <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
+  <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="4E89C143" w14:textId="2F72FF31" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk197040740"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="25829B8B" w14:textId="4CA089B9" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00E06307" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Title (Must be W</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00306CFD" w:rsidRPr="00E06307">
+        <w:t xml:space="preserve">Title (Must be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00663CD6">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00306CFD" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">itten in Times New Roman with </w:t>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00663CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>itten</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00663CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Times New Roman with </w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00306CFD" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>onts 14 p</w:t>
       </w:r>
       <w:r w:rsidR="00306CFD" w:rsidRPr="00E06307">
         <w:rPr>
@@ -169,77 +195,77 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Author name</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1*</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36185D5B" wp14:editId="45D04A42">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="4" name="Picture 4">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId7"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:schemeClr val="accent6">
                           <a:tint val="45000"/>
                           <a:satMod val="400000"/>
                         </a:schemeClr>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId9">
+                            <a14:imgLayer r:embed="rId10">
                               <a14:imgEffect>
                                 <a14:saturation sat="0"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
@@ -248,64 +274,64 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38097C5F" wp14:editId="3B12AE87">
             <wp:extent cx="129015" cy="116919"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="348738016" name="Picture 348738016">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Untitled.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="129015" cy="116919"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -318,77 +344,77 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Author name</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7973938F" wp14:editId="62BDADD3">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="5" name="Picture 5">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId7"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:schemeClr val="accent6">
                           <a:tint val="45000"/>
                           <a:satMod val="400000"/>
                         </a:schemeClr>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId9">
+                            <a14:imgLayer r:embed="rId10">
                               <a14:imgEffect>
                                 <a14:saturation sat="0"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
@@ -397,64 +423,64 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E6A93B5" wp14:editId="56BE3899">
             <wp:extent cx="129015" cy="116919"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="269011472" name="Picture 269011472">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Untitled.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="129015" cy="116919"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -467,77 +493,77 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and Author name</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="778DF99C" wp14:editId="21C26E6A">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1613408077" name="Picture 1613408077">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId7"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:duotone>
                         <a:prstClr val="black"/>
                         <a:schemeClr val="accent6">
                           <a:tint val="45000"/>
                           <a:satMod val="400000"/>
                         </a:schemeClr>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId9">
+                            <a14:imgLayer r:embed="rId10">
                               <a14:imgEffect>
                                 <a14:saturation sat="0"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
@@ -546,64 +572,64 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="555FD3C5" wp14:editId="5A8E3154">
             <wp:extent cx="129015" cy="116919"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="236797906" name="Picture 236797906">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Untitled.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="129015" cy="116919"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -627,129 +653,135 @@
         </w:rPr>
         <w:t>12p</w:t>
       </w:r>
       <w:r w:rsidR="0033102E" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224AAEDD" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department, College, University, City, Country.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="26232B21" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department, College, University, City, Country.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2E3A5879" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5124"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department, College, University, City, Country.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2B92B460" w14:textId="49FD3DC1" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">*Corresponding Author. </w:t>
       </w:r>
       <w:r w:rsidR="00966097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10</w:t>
@@ -797,53 +829,53 @@
           <w:bCs/>
         </w:rPr>
         <w:t>, the</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> journal will transition to this updated template.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F12371" w14:textId="627E3F69" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidSect="00AD42B3">
-          <w:headerReference w:type="default" r:id="rId12"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="180" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20537A09" wp14:editId="5491A398">
                 <wp:extent cx="5981700" cy="113665"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="25" name="Group 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
@@ -882,51 +914,51 @@
                                   <a:pt x="6120003" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:group w14:anchorId="4B5ADFDE" id="Group 25" o:spid="_x0000_s1026" style="width:471pt;height:8.95pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="61201,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnk7QedgIAAJMFAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtv2yAYfZ+0/4B4X2wnitNacaqpWaNJ&#10;VVepmfZMML5oGBiQ2Pn3+8Amt+6pe7E++O7nHLN86FuODkybRoocJ5MYIyaoLBpR5fjn9unLHUbG&#10;ElEQLgXL8ZEZ/LD6/GnZqYxNZS15wTSCIsJkncpxba3KosjQmrXETKRiApyl1C2xcNRVVGjSQfWW&#10;R9M4TqNO6kJpSZkxcLsenHjl65clo/ZHWRpmEc8xzGb9V/vvzn2j1ZJklSaqbug4BvnAFC1pBDQ9&#10;lVoTS9BeN+9KtQ3V0sjSTqhsI1mWDWV+B9gmiW+22Wi5V36XKusqdYIJoL3B6cNl6ctho9WbetXD&#10;9GA+S/rbAC5Rp6rs0u/O1Tm4L3XrkmAJ1HtEjydEWW8Rhcv5/V2yiAF4Cr4kmaXpfICc1sDLuzRa&#10;fxsT0wTwmI2J6WzumYpINjT1o51G6RRox5zhMf8Hz1tNFPOoG7f+q0ZNkeNpipEgLUh4M6oFbgAl&#10;1xyiHILjyYxg/hOfWbIYEQgQXW2aTBfXm5KM7o3dMOmhJodnYwfJFsEidbBoL4KpQfhO8txL3mIE&#10;ktcYgeR3A/6KWJfn+HMm6nIcBnF3rTywrfRee8MSkHD2cnEZ5SrE8QyjIASIHSLAcG1AVIPhW4N9&#10;uRwXfgrHtWtsJG+Kp4Zzf3DvAXvkGh0IrGX7xK0BBa6ilDZ2TUw9BHnXGMaF17PJBnIcaTtZHIHb&#10;DtjMsfmzJ5phxL8LUI97KIKhg7ELhrb8UfrnxOMDPbf9L6IVcu1hNiD2RQYRkSxw5jY/xbpMIb/u&#10;rSwbRygIOkw0HkDQ3vJ/PlhXT8vl2Ued39LVXwAAAP//AwBQSwMEFAAGAAgAAAAhAM0a8bbbAAAA&#10;BAEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdpP5rYzalFPVUCrZC8TZNpklo&#10;djZkt0n67R296GXg8R5vfi9djLZRPXW+dmwgnkSgiHNX1Fwa+Ny93c1A+YBcYOOYDFzIwyK7vkox&#10;KdzAH9RvQ6mkhH2CBqoQ2kRrn1dk0U9cSyze0XUWg8iu1EWHg5TbRk+j6ElbrFk+VNjSqqL8tD1b&#10;A+8DDsv7+LVfn46ry9fucbNfx2TM7c24fAEVaAx/YfjBF3TIhOngzlx41RiQIeH3ijd/mIo8SOh5&#10;DjpL9X/47BsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnk7QedgIAAJMFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDNGvG22wAAAAQBAAAPAAAA&#10;AAAAAAAAAAAAANAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;">
                 <v:shape id="Graphic 26" o:spid="_x0000_s1027" style="position:absolute;top:31;width:61201;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6120130,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAWsbhVwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaKqwKtUoRbrgHldF8PZonk2xeSlNVuu/N4Kwx2FmvmHW287W4k6trxwrmE4SEMSF&#10;0xWXCk7H7/EShA/IGmvHpOBJHrabfm+NqXYP/qX7IZQiQtinqMCE0KRS+sKQRT9xDXH0rq61GKJs&#10;S6lbfES4reUsSebSYsVxwWBDO0PF7fBnFSTZ4tSFSz66/Jgm2zmTn7OvXKnhoMtWIAJ14T/8ae+1&#10;gtkc3l/iD5CbFwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAWsbhVwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l6120003,e" filled="f" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00306CFD" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72FECE7B" w14:textId="77777777" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -961,98 +993,212 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20E89E7B" w14:textId="77777777" w:rsidR="00F31EF4" w:rsidRDefault="00F31EF4" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A785957" w14:textId="646DDC82" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E06307">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Received:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BF3A12" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E06307">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revised:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BF3A12" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E06307">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accepted:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BF3A12" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E06307">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Published:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BF3A12" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="538CD97E" w14:textId="77777777" w:rsidR="00A32E19" w:rsidRPr="00697958" w:rsidRDefault="00A32E19" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>doi.org/00.000000.000000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7799F13D" w14:textId="77777777" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
@@ -1085,90 +1231,93 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B9BD11B" w14:textId="1B41FE74" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5992"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Abstract  1</w:t>
       </w:r>
       <w:r w:rsidR="00512B7A" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0033102E" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1E2AB11C" w14:textId="4CF19165" w:rsidR="005C71E1" w:rsidRPr="00E06307" w:rsidRDefault="005C71E1" w:rsidP="00F50D1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="5992"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Use Microsoft Word 2016 or later when you are writing your </w:t>
       </w:r>
@@ -1276,51 +1425,69 @@
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED5369" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a capital</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> letter, avoiding long formats that include underscores. Short formulas identifying the elements are acceptable (e.g., "Nd–Fe–B").  The abstract must be structured as </w:t>
+        <w:t xml:space="preserve"> letter, avoiding long formats that include underscores. Short formulas identifying the elements are acceptable (e.g., "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">–Fe–B").  The abstract must be structured as </w:t>
       </w:r>
       <w:r w:rsidR="0000402B" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>background, objectives, materials and methods, results, conclusion</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and should contain between 150 and 300 words.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC3A0F4" w14:textId="7A502BC4" w:rsidR="00C4377B" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5992"/>
@@ -1385,62 +1552,80 @@
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p font size, and acronyms should be avoided.</w:t>
       </w:r>
       <w:r w:rsidR="006F69D7" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">To help you create keywords from an abstract, use MeSH on Demand </w:t>
+        <w:t xml:space="preserve">To help you create keywords from an abstract, use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MeSH</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on Demand </w:t>
       </w:r>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00697958">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://meshb.nlm.nih.gov/MeSHonDemand</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) as a tool that can automatically generate keywords.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E960A6" w14:textId="5C52D750" w:rsidR="00C4377B" w:rsidRPr="00E06307" w:rsidRDefault="00C4377B" w:rsidP="00F50D1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5992"/>
@@ -1466,50 +1651,51 @@
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24BAC8B1" w14:textId="681089E0" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D86402C" wp14:editId="65BF7FB1">
                 <wp:extent cx="5958840" cy="45719"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1517511514" name="Group 1517511514"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="5958840" cy="45719"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6120130" cy="6350"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
@@ -1535,76 +1721,76 @@
                                   <a:pt x="6120003" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:group w14:anchorId="435C84C1" id="Group 1517511514" o:spid="_x0000_s1026" style="width:469.2pt;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="61201,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRm62QiQIAAKQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNuO2yAQfa/Uf0C8N7ZzcRIrzqradKNK&#10;q+1Km7bPBOOLioECiZ2/74Dt3PZt+4IGZpiZc87A6qGtOToybSopUhyNQoyYoDKrRJHin7unLwuM&#10;jCUiI1wKluITM/hh/fnTqlEJG8tS8oxpBEmESRqV4tJalQSBoSWriRlJxQQ4c6lrYmGriyDTpIHs&#10;NQ/GYRgHjdSZ0pIyY+B00znx2ufPc0btjzw3zCKeYujN+lX7de/WYL0iSaGJKivat0E+0EVNKgFF&#10;z6k2xBJ00NW7VHVFtTQytyMq60DmeUWZxwBoovAOzVbLg/JYiqQp1JkmoPaOpw+npS/HrVZv6lV3&#10;3YP5LOkfA7wEjSqSa7/bF5fgNtc1ynmlfoHwHjzAQa3n9nTmlrUWUTicLWeLxRQkoOCbzubRsuOe&#10;liDQu1u0/NbfiyMgZtLfiyczL1lAEle97/HcU6NgiMyFJ/N/PL2VRDFPv3E8vGpUZQB1Pp/GUThZ&#10;xhgJUsNMb/vxGccOkmsCoh2l/c707HYtk+SGpkk0n3VMDEzdII7G81vEJKEHY7dMAnqSkOOzsd0M&#10;Z4NFysGirRhMDS/BvQHu34DFCN6AxgjewL6rroh191xSZ6ImxUMj7qyWR7aT3mvv1AIxLl4urqNc&#10;hjCcYDTMA8R2EWC4MqBgZ/jSYF+D48J34TR3hY3kVfZUce437oNgj1yjIwFYto0cDEhwE6W0sRti&#10;yi7Iu/owLvzwmKQTx4m2l9kJNG5AzRSbvweiGUb8u4Apcj/HYOjB2A+GtvxR+v/F8wM1d+1vohVy&#10;5aE3EPZFDsN00cwhP8e6m0J+PViZV05QeHxDR/0GBttb/isA6+avud77qMvnuv4HAAD//wMAUEsD&#10;BBQABgAIAAAAIQAUEkFq2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb&#10;3ViDtjGTUgRFxItRS4/T7JgsZmdDdtvGf+/qRS8Dj/d475tyNbleHXgM1gvC5SwDxdJ4Y6VFeHu9&#10;v1iACpHEUO+FEb44wKo6PSmpMP4oL3yoY6tSiYSCELoYh0Lr0HTsKMz8wJK8Dz86ikmOrTYjHVO5&#10;6/U8y661IytpoaOB7zpuPuu9Q3hf25zzzfbpOWuYH43ePtQ2Rzw/m9a3oCJP8S8MP/gJHarEtPN7&#10;MUH1COmR+HuTt7xa5KB2CDdz0FWp/7NX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCR&#10;m62QiQIAAKQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAUEkFq2gAAAAMBAAAPAAAAAAAAAAAAAAAAAOMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;">
                 <v:shape id="Graphic 26" o:spid="_x0000_s1027" style="position:absolute;top:31;width:61201;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6120130,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAgrcFSyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X/A7hhL2ISza1nd2yUUYF9+gcg70dzdmUNZfSxK1+eyMIPt7v/602o+vEhYbQetYwmyoQxLU3&#10;LTcaDh+vDwsQISIb7DyThm8KsFnf3qywMP7K73TZx0akEA4FarAx9oWUobbkMEx9T5y4Tz84jOkc&#10;GmkGvKZw18m5Upl02HJqsNjT1lJ93n85DarMD2M8Vfenne3LrbfVsXyutJ7cjeUSRKQx/ov/3G8m&#10;zc/zp2ymHl8y+P0pASDXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAgrcFSyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" path="m,l6120003,e" filled="f" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00306CFD" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="338D0A1B" w14:textId="6BC978E3" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="8" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1784,66 +1970,66 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Introduction must not exceed 1000 words</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A32E19" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F26914F" w14:textId="77777777" w:rsidR="006223AC" w:rsidRPr="00E06307" w:rsidRDefault="006223AC" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="8"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DD59F96" w14:textId="4FC647F8" w:rsidR="009275F4" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="8" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1859,62 +2045,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B970DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="00B970DA" w:rsidRPr="00B970DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> its equivalents in mathematics and computer science research</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> its equivalents in mathematics and computer science research </w:t>
       </w:r>
       <w:r w:rsidR="00AA30D9" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00AA30D9" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>12p</w:t>
       </w:r>
       <w:r w:rsidR="0033102E" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2047,59 +2222,61 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>2.1. Subsections</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3C053E" w14:textId="019588D2" w:rsidR="00605E14" w:rsidRPr="00E06307" w:rsidRDefault="00605E14" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>Should start at the beginning of the line without any indentation.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="12A1EDDF" w14:textId="70C7D774" w:rsidR="00605E14" w:rsidRPr="00697958" w:rsidRDefault="00605E14" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
@@ -2173,51 +2350,51 @@
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sub-Subsections</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E9AB880" w14:textId="77777777" w:rsidR="00E249DA" w:rsidRPr="00697958" w:rsidRDefault="00E249DA" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E3D32AF" w14:textId="3CC004E3" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="8" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2456,51 +2633,50 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tables:</w:t>
       </w:r>
       <w:r w:rsidR="003446A6" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The caption font size </w:t>
       </w:r>
       <w:r w:rsidR="005E7933" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is 10pt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76044F49" w14:textId="04E3B385" w:rsidR="004B2E70" w:rsidRPr="00E06307" w:rsidRDefault="004B2E70" w:rsidP="00F50D1C">
       <w:pPr>
@@ -2564,96 +2740,98 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F1F41D8" w14:textId="2811B5BB" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Table 1.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> The number for different geometric cases (size 10</w:t>
       </w:r>
       <w:r w:rsidR="00CF22FC" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light-Accent11"/>
         <w:tblW w:w="4840" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2145"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3453"/>
+        <w:gridCol w:w="2196"/>
+        <w:gridCol w:w="3537"/>
+        <w:gridCol w:w="3537"/>
       </w:tblGrid>
       <w:tr w:rsidR="00306CFD" w:rsidRPr="00E06307" w14:paraId="0470482D" w14:textId="77777777" w:rsidTr="00F50D1C">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D2DB589" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9173"/>
                 <w:tab w:val="left" w:pos="9443"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -3067,51 +3245,51 @@
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>Figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CF0B16" w14:textId="736E0A45" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="009E4FF7" w:rsidP="00F50D1C">
+    <w:p w14:paraId="35CF0B16" w14:textId="1600609E" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="009E4FF7" w:rsidP="00290937">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
@@ -3272,51 +3450,93 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>Figures must not contain any logos or watermarks.</w:t>
       </w:r>
       <w:r w:rsidR="007B0C4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00325787" w:rsidRPr="00325787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>For multi-panel figures, use capital letters (A, B, C, …) as labels, positioned centered below each panel</w:t>
+        <w:t xml:space="preserve">For multi-panel figures, use </w:t>
+      </w:r>
+      <w:r w:rsidR="00290937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>small letters (a, b</w:t>
+      </w:r>
+      <w:r w:rsidR="00325787" w:rsidRPr="00325787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00290937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00325787" w:rsidRPr="00325787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>, …) as labels, positioned centered below each panel</w:t>
       </w:r>
       <w:r w:rsidR="007B0C4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003446A6" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5BD951" w14:textId="77777777" w:rsidR="009E4FF7" w:rsidRPr="00E06307" w:rsidRDefault="009E4FF7" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
@@ -3357,128 +3577,190 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72452774" wp14:editId="1703CB06">
             <wp:extent cx="4229100" cy="1882140"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="24" name="Picture 24" descr="C:\Users\Dell\Desktop\بحوث نور\صور\untitled F(X) 1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Dell\Desktop\بحوث نور\صور\untitled F(X) 1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="6439"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4229100" cy="1882140"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E3F755" w14:textId="28D21E1D" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>Figure 1.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D379A3" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">The shape of cdf for new Shanker Weibull distribution with different values of </w:t>
+        <w:t xml:space="preserve">The shape of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D379A3" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>cdf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D379A3" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for new </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D379A3" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Shanker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D379A3" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D379A3" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Weibull</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D379A3" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> distribution with different values of </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <m:rPr>
             <m:sty m:val="p"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:bidi="fa-IR"/>
           </w:rPr>
           <m:t xml:space="preserve">β </m:t>
         </m:r>
       </m:oMath>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>(size 10</w:t>
       </w:r>
       <w:r w:rsidR="003446A6" w:rsidRPr="00E06307">
@@ -3534,112 +3816,124 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59CC5486" wp14:editId="5510D11B">
             <wp:extent cx="3557905" cy="1942747"/>
             <wp:effectExtent l="0" t="0" r="4445" b="635"/>
             <wp:docPr id="1948066137" name="Picture 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1948066137" name="Picture 15"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3593419" cy="1962139"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A40E60" w14:textId="4D6FB91E" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>Figure 2</w:t>
       </w:r>
       <w:r w:rsidR="00957A6B" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00957A6B" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D379A3" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t xml:space="preserve"> S-shape circular cross-section torus waveguide model</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
@@ -3683,72 +3977,71 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41580E6B" w14:textId="3BDE3D5B" w:rsidR="00661F0D" w:rsidRPr="00E06307" w:rsidRDefault="007158A7" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57E49736" wp14:editId="7965978D">
             <wp:extent cx="3557905" cy="2194560"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="105" name="Picture 105"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId19">
+                            <a14:imgLayer r:embed="rId20">
                               <a14:imgEffect>
                                 <a14:sharpenSoften amount="25000"/>
                               </a14:imgEffect>
                               <a14:imgEffect>
                                 <a14:colorTemperature colorTemp="4700"/>
                               </a14:imgEffect>
                               <a14:imgEffect>
                                 <a14:brightnessContrast contrast="40000"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3637364" cy="2243571"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -3773,81 +4066,83 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55A19389" w14:textId="53A4960A" w:rsidR="00661F0D" w:rsidRPr="00E06307" w:rsidRDefault="00661F0D" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of section, Name of organ, Scientific name of animal or plant with all details of section, type of stain and magnification power 4x or another </w:t>
       </w:r>
       <w:r w:rsidR="007158A7" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3887,51 +4182,71 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>(size 10)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F991F8A" w14:textId="77777777" w:rsidR="00661F0D" w:rsidRPr="00E06307" w:rsidRDefault="00661F0D" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DC81DF8" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
@@ -4002,51 +4317,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>To ensure accuracy and professional formatting, all equations must be written using the equation editor in Microsoft Word</w:t>
       </w:r>
       <w:r w:rsidR="003446A6" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B1AA9F" w14:textId="63FA5517" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00000000" w:rsidP="00F50D1C">
+    <w:p w14:paraId="56B1AA9F" w14:textId="63FA5517" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00EA4C73" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -4183,51 +4498,60 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:bidi="fa-IR"/>
           </w:rPr>
           <m:t xml:space="preserve"> cos</m:t>
         </m:r>
         <m:r>
           <m:rPr>
             <m:sty m:val="p"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:bidi="fa-IR"/>
           </w:rPr>
           <m:t>(</m:t>
         </m:r>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:bidi="fa-IR"/>
           </w:rPr>
-          <m:t>2π</m:t>
+          <m:t>2</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:bidi="fa-IR"/>
+          </w:rPr>
+          <m:t>π</m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <m:t>U</m:t>
             </m:r>
           </m:e>
           <m:sub>
@@ -4452,51 +4776,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>, respectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13A0DF7E" w14:textId="77777777" w:rsidR="009B7AAE" w:rsidRPr="00E06307" w:rsidRDefault="009B7AAE" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27064A86" w14:textId="2D8844BE" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="8" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4572,51 +4896,69 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In this section, highlight th</w:t>
       </w:r>
       <w:r w:rsidR="00F849F3" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e key findings of your research</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and initiate a discussion to support your study objective. Do not repeat the data or other information from the ‘Introduction or Results' section in detail. Begin with a summary of the main findings, then explore possible mechanisms or explanatory limitations for these findings. </w:t>
+        <w:t xml:space="preserve">, and initiate a discussion to support your study objective. Do not repeat the data or other information from the ‘Introduction or Results' section in detail. Begin with a summary of the main findings, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>then</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> explore possible mechanisms or explanatory limitations for these findings. </w:t>
       </w:r>
       <w:r w:rsidR="00F849F3" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Do not refer to the tables or figures in the Discussion section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA42BA2" w14:textId="3508D071" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4727,51 +5069,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> manuscripts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED16F63" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23AB2101" w14:textId="10B82E83" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="8" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5041,100 +5383,99 @@
         </w:rPr>
         <w:t xml:space="preserve">Conflict of Interest </w:t>
       </w:r>
       <w:r w:rsidR="00E20750" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E20750" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>12pt)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B823251" w14:textId="70AA2987" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All authors should include a statement disclosing any financial or other substantive conflicts of interest that may be construed to influence the results or interpretation of their manuscript. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA8C6B9" w14:textId="2162D8E6" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="a4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>If there is no conflict of interest, the authors should state that</w:t>
       </w:r>
       <w:r w:rsidR="00AF373F" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>: “</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The authors declare that they have no conflicts of interest.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DC82D8" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
@@ -5371,51 +5712,73 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ethical approval obtained should be mentioned (number and date). Indicate whether the procedures followed were according to ethical standard.</w:t>
       </w:r>
       <w:r w:rsidR="005257CD" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> When reporting experimental results, indicate whether the institution’s or a national research council’s guidelines or national laws were followed.</w:t>
+        <w:t xml:space="preserve"> When reporting experimental results, indicate whether the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005257CD" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>institution’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005257CD" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or a national research council’s guidelines or national laws were followed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EA4B1C3" w14:textId="77777777" w:rsidR="005257CD" w:rsidRPr="00E06307" w:rsidRDefault="005257CD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ECE0CD6" w14:textId="4D323624" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
@@ -5489,123 +5852,123 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with consecutive numbers (superscript)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as following:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A97407C" w14:textId="77777777" w:rsidR="00E249DA" w:rsidRPr="00E06307" w:rsidRDefault="00E249DA" w:rsidP="00E249DA">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="8" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the sentence cites two references</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1, 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="376B0CC5" w14:textId="77777777" w:rsidR="00E249DA" w:rsidRPr="00E249DA" w:rsidRDefault="00E249DA" w:rsidP="00E249DA">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="8" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the sentence cites four references</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1– 4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E916577" w14:textId="21F46247" w:rsidR="00E249DA" w:rsidRPr="00E249DA" w:rsidRDefault="00E249DA" w:rsidP="00E249DA">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="8" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E249DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The cites of non-sequential references</w:t>
       </w:r>
       <w:r w:rsidRPr="00E249DA">
         <w:rPr>
@@ -5653,75 +6016,86 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F50D1C" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(11pt)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4762A1A4" w14:textId="7505C67B" w:rsidR="009508C6" w:rsidRPr="00E06307" w:rsidRDefault="009508C6" w:rsidP="00F50D1C">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="4762A1A4" w14:textId="38B38DBB" w:rsidR="009508C6" w:rsidRPr="00E06307" w:rsidRDefault="009508C6" w:rsidP="00F50D1C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E06307">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Mendeley reference manager </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Mendeley</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reference manager </w:t>
       </w:r>
       <w:r w:rsidR="00F849F3" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>is preferred</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F849F3" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
@@ -5777,87 +6151,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>e references must</w:t>
       </w:r>
       <w:r w:rsidR="009C6FE5" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C6FE5" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">be at least 30 </w:t>
-[...35 lines deleted...]
-        <w:t>(70%) must be from the last seven years.</w:t>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(70%) the last </w:t>
+      </w:r>
+      <w:r w:rsidR="007F61BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>seven</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years.</w:t>
       </w:r>
       <w:r w:rsidR="00E1123D" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>At least 20% of the manuscript’s references must be from journals, books, etc. that are indexed in the Scopus database.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6182BD2A" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
@@ -5930,51 +6295,51 @@
     <w:p w14:paraId="63A67BBE" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06E"/>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00E06307">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Book</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9353" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
@@ -6080,55 +6445,77 @@
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>For Single Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7021" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1722E2A7" w14:textId="7B17D706" w:rsidR="003B277B" w:rsidRPr="00E06307" w:rsidRDefault="003B277B" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Hoppert M. Microscopic techniques in biotechnology. Weinheim (Germany): Wiley-VCH; 2003.</w:t>
+              <w:t>Hoppert</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> M. Microscopic techniques in biotechnology. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Weinheim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Germany): Wiley-VCH; 2003.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B277B" w:rsidRPr="00E06307" w14:paraId="2E93EF4B" w14:textId="77777777" w:rsidTr="003B277B">
         <w:trPr>
           <w:trHeight w:val="774"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2332" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="EFEEE9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F7F5"/>
           </w:tcPr>
           <w:p w14:paraId="1E8E73DA" w14:textId="5CA0FDB6" w:rsidR="003B277B" w:rsidRPr="00E06307" w:rsidRDefault="003B277B" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -6140,64 +6527,92 @@
               </w:rPr>
               <w:t>E-book: Two or More Authors or Editors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7021" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="59FF34A8" w14:textId="273204C3" w:rsidR="003B277B" w:rsidRPr="00E06307" w:rsidRDefault="003B277B" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Murray PR, Rosenthal KS, Kobayashi GS, Pfaller MA. Medical microbiology. 4</w:t>
+              <w:t xml:space="preserve">Murray PR, Rosenthal KS, Kobayashi GS, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pfaller</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MA. Medical microbiology. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">  ed. St. Louis: Mosby; 2002. </w:t>
+              <w:t xml:space="preserve">  ed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. St. Louis: Mosby; 2002. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B277B" w:rsidRPr="00E06307" w14:paraId="6C7AE1A9" w14:textId="77777777" w:rsidTr="003B277B">
         <w:trPr>
           <w:trHeight w:val="774"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2332" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="EFEEE9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F7F5"/>
           </w:tcPr>
           <w:p w14:paraId="6BD9EAC5" w14:textId="44ED77EB" w:rsidR="003B277B" w:rsidRPr="00E06307" w:rsidRDefault="003B277B" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -6207,55 +6622,63 @@
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Book: Two or More Authors or Editors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7021" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="22107590" w14:textId="651E4C5C" w:rsidR="003B277B" w:rsidRPr="00E06307" w:rsidRDefault="003B277B" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Gilstrap LC, Cunningham FG, Van Dorsten JP, editors. Operative obstetrics. 2</w:t>
+              <w:t>Gilstrap</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LC, Cunningham FG, Van Dorsten JP, editors. Operative obstetrics. 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ed. New York: McGraw-Hill; 2002.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17BB97B9" w14:textId="77777777" w:rsidR="006701F3" w:rsidRPr="00E06307" w:rsidRDefault="006701F3" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
@@ -6267,51 +6690,51 @@
     </w:p>
     <w:p w14:paraId="7C4FD70D" w14:textId="490D2119" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06E"/>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00E06307">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Book chapter</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9323" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
@@ -6448,77 +6871,104 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="EFEEE9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F7F5"/>
           </w:tcPr>
           <w:p w14:paraId="694C6B7B" w14:textId="71F0472D" w:rsidR="003B277B" w:rsidRPr="00E06307" w:rsidRDefault="003B277B" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Chapter or Article in Edited Print Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7261" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A073082" w14:textId="29E7735F" w:rsidR="003B277B" w:rsidRPr="00E06307" w:rsidRDefault="003B277B" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Meltzer PS, Kallioniemi A, Trent JM. Chromosome alterations in human solid tumors. In: Vogelstein B, Kinzler KW, editors. The genetic basis of human cancer. New York: McGraw-Hill; 2002. p. 93-113.</w:t>
+              <w:t xml:space="preserve">Meltzer PS, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kallioniemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A, Trent JM. Chromosome alterations in human solid tumors. In: Vogelstein B, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kinzler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KW, editors. The genetic basis of human cancer. New York: McGraw-Hill; 2002. p. 93-113.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37B44971" w14:textId="77777777" w:rsidR="00E06307" w:rsidRDefault="00E06307" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0D405F"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="390C44B9" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -6539,51 +6989,51 @@
     </w:p>
     <w:p w14:paraId="094C6B91" w14:textId="437A6C8C" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06E"/>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00E06307">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Journal article</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
@@ -6629,51 +7079,65 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8123" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2182B059" w14:textId="0397A4EC" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Author(s). Article title. Journal Name. Year; Volume(Issue):page rang. DOI</w:t>
+              <w:t xml:space="preserve"> Author(s). Article title. Journal Name. Year; </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Volume(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Issue):page rang. DOI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00306CFD" w:rsidRPr="00E06307" w14:paraId="122865E2" w14:textId="77777777" w:rsidTr="003B277B">
         <w:trPr>
           <w:trHeight w:val="777"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="EFEEE9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F7F5"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="701E025B" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6687,72 +7151,164 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8123" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A4D4A4E" w14:textId="07F0B2BB" w:rsidR="003B277B" w:rsidRPr="00E06307" w:rsidRDefault="003B277B" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abalos E, Carroli G, Mackey ME. The tools and techniques of evidence-based medicine. Best Pract Res Clin Obstet Gynaecol. 2005;19(1):15-26. </w:t>
+              <w:t>Abalos</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Carroli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> G, Mackey ME. The tools and techniques of evidence-based medicine. Best </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pract</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Res </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Clin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Obstet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Gynaecol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>. 2005</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;19</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1):15-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="00E06307">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://doi.org/10.1016/j.bpogyn.2004.10.008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0832ADFD" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="226946E2" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="21262B"/>
@@ -6843,57 +7399,67 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8258" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27E344B5" w14:textId="10DC5C6B" w:rsidR="00A7623A" w:rsidRPr="00E06307" w:rsidRDefault="00A7623A" w:rsidP="00F50D1C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9173"/>
                 <w:tab w:val="left" w:pos="9443"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="21262B"/>
                 <w:spacing w:val="3"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="21262B"/>
                 <w:spacing w:val="3"/>
               </w:rPr>
-              <w:t>Thesis including Ph.D. dissertations, Master's theses, or Bachelor theses follow the basic format outlined below.</w:t>
+              <w:t>Thesis including Ph.D. dissertations, Master's theses, or Bachelor theses follow</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="21262B"/>
+                <w:spacing w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the basic format outlined below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7623A" w:rsidRPr="00E06307" w14:paraId="6E2818B3" w14:textId="77777777" w:rsidTr="00A7623A">
         <w:trPr>
           <w:trHeight w:val="831"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1094" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="EFEEE9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F7F5"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B6C499D" w14:textId="77777777" w:rsidR="00A7623A" w:rsidRPr="00E06307" w:rsidRDefault="00A7623A" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -7096,51 +7662,51 @@
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Coin L. Genomics of development and disease [dataset]. 2014 Jun 1</w:t>
             </w:r>
             <w:r w:rsidR="001A6D44" w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">The University of Queensland. Available from: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidR="001A6D44" w:rsidRPr="00E4626B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0070C0"/>
                 </w:rPr>
                 <w:t>http://dx.doi.org/10.14264/uql.2016.58</w:t>
               </w:r>
               <w:r w:rsidR="001A6D44" w:rsidRPr="00E06307">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24356FED" w14:textId="77777777" w:rsidR="0033102E" w:rsidRPr="00E06307" w:rsidRDefault="0033102E" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
@@ -7272,193 +7838,241 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8258" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="235E9F51" w14:textId="592D11BA" w:rsidR="00A7623A" w:rsidRPr="00E06307" w:rsidRDefault="00A7623A" w:rsidP="00F50D1C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Khalifa ME, Elmessiry HM, ElBahnasy KM, Ramadan HMM. Medical image registration using mutual information similarity measure. In: Lim CT, Goh JCH, editors. Icbme2008: Proceedings of the 13th International Conference on Biomedical Engineering; 2008 Dec 3-6; Singapore. Dordrecht: Springer; 2009. p. 151-5.</w:t>
+              <w:t>Khalifa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ME, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Elmessiry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HM, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ElBahnasy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KM, Ramadan HMM. Medical image registration using mutual information similarity measure. In: Lim CT, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E06307">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> JCH, editors. Icbme2008: Proceedings of the 13th International Conference on Biomedical Engineering; 2008 Dec 3-6; Singapore. Dordrecht: Springer; 2009. p. 151-5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FC443AE" w14:textId="77777777" w:rsidR="00A7623A" w:rsidRPr="00E06307" w:rsidRDefault="00A7623A" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A7623A" w:rsidRPr="00E06307" w:rsidSect="00603B98">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="180" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A5CD4C3" w14:textId="77777777" w:rsidR="004D5049" w:rsidRDefault="004D5049" w:rsidP="00306CFD">
+    <w:p w14:paraId="0C21FA6D" w14:textId="77777777" w:rsidR="00EA4C73" w:rsidRDefault="00EA4C73" w:rsidP="00306CFD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19CDA495" w14:textId="77777777" w:rsidR="004D5049" w:rsidRDefault="004D5049" w:rsidP="00306CFD">
+    <w:p w14:paraId="6559A346" w14:textId="77777777" w:rsidR="00EA4C73" w:rsidRDefault="00EA4C73" w:rsidP="00306CFD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0300000000000000"/>
+  <w:font w:name="游ゴシック Light">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Mincho">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020400000000000000"/>
+  <w:font w:name="游明朝">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="1866ECA8" w14:textId="36F19CF8" w:rsidR="00306CFD" w:rsidRPr="00C2560A" w:rsidRDefault="00306CFD" w:rsidP="00E65180">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="180"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C2560A">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F91B17D" wp14:editId="5352D4B0">
           <wp:extent cx="676275" cy="238125"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:docPr id="3" name="Picture 502207642" descr="https://jih.uobaghdad.edu.iq/public/site/images/adminjih/del.png"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -7514,154 +8128,224 @@
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="003A17AA">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>6.</w:t>
     </w:r>
     <w:r w:rsidRPr="007F6CA6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> The Author(s). Published</w:t>
     </w:r>
     <w:r w:rsidRPr="00C2560A">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> by College of Education for Pure Science (Ibn Al-Haitham), University of Baghdad. This is an open-access article distributed under the terms of the </w:t>
+      <w:t xml:space="preserve"> by College of Education for Pure Science (</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00C2560A">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Ibn</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00C2560A">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Al-</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00C2560A">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Haitham</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00C2560A">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">), University of Baghdad. This is an open-access article distributed under the terms of the </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidRPr="00C2560A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="3399FF" w:themeColor="hyperlink"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Creative Commons Attribution 4.0 International License</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A192157" w14:textId="77777777" w:rsidR="004D5049" w:rsidRDefault="004D5049" w:rsidP="00306CFD">
+    <w:p w14:paraId="11161DDB" w14:textId="77777777" w:rsidR="00EA4C73" w:rsidRDefault="00EA4C73" w:rsidP="00306CFD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27772E42" w14:textId="77777777" w:rsidR="004D5049" w:rsidRDefault="004D5049" w:rsidP="00306CFD">
+    <w:p w14:paraId="1EEA0C1F" w14:textId="77777777" w:rsidR="00EA4C73" w:rsidRDefault="00EA4C73" w:rsidP="00306CFD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2DC48A95" w14:textId="77777777" w:rsidR="0082284A" w:rsidRDefault="0082284A" w:rsidP="00536163">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="348F29D0" w14:textId="0623FD99" w:rsidR="00306CFD" w:rsidRPr="003A17AA" w:rsidRDefault="00306CFD" w:rsidP="00536163">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003A17AA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
-      <w:t>IHJPAS. 202*, **( ** )</w:t>
+      <w:t>IHJPAS. 202*, *</w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="003A17AA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:bidi="ar-IQ"/>
+      </w:rPr>
+      <w:t>*(</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="003A17AA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:bidi="ar-IQ"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> ** )</w:t>
     </w:r>
     <w:r w:rsidR="00536163">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
-      <w:t>,pp</w:t>
+      <w:t>,</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00536163">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:bidi="ar-IQ"/>
+      </w:rPr>
+      <w:t>pp</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
   <w:p w14:paraId="0D26A7D9" w14:textId="05684296" w:rsidR="00306CFD" w:rsidRDefault="00306CFD">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2EE1E18F" w14:textId="7F0160B8" w:rsidR="00306CFD" w:rsidRDefault="00862BC5" w:rsidP="00AD42B3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r w:rsidRPr="00862BC5">
       <w:rPr>
         <w:noProof/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="126695D1" wp14:editId="236ED38F">
           <wp:extent cx="5943213" cy="883920"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
           <wp:docPr id="2" name="صورة 2" descr="C:\Users\Dr.nahla albakry\AppData\Local\Packages\5319275A.WhatsAppDesktop_cv1g1gvanyjgm\TempState\A6601BA88CC504A765CD798618C3FDCF\WhatsApp Image 2025-05-04 at 11.39.38_d227db1f.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Dr.nahla albakry\AppData\Local\Packages\5319275A.WhatsAppDesktop_cv1g1gvanyjgm\TempState\A6601BA88CC504A765CD798618C3FDCF\WhatsApp Image 2025-05-04 at 11.39.38_d227db1f.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -7685,52 +8369,52 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00AD42B3" w:rsidRPr="00AD42B3">
       <w:rPr>
         <w:noProof/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0B4C16AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="247E7B24"/>
     <w:lvl w:ilvl="0" w:tplc="6E788CE4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -7798,51 +8482,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="144A0172"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95FC5C3A"/>
     <w:lvl w:ilvl="0" w:tplc="6E788CE4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -7910,51 +8594,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="3E575BD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAACAECE"/>
     <w:lvl w:ilvl="0" w:tplc="C86A0DBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8001,51 +8685,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="45D53DD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A22E5C2A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8087,51 +8771,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="4EF563C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="516AA67A"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8200,51 +8884,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="62F51C24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6CA26FE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8286,119 +8970,121 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1789736001">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="230774156">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="795492914">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1029793093">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1194884155">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2113426934">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00306CFD"/>
     <w:rsid w:val="0000402B"/>
     <w:rsid w:val="000106AD"/>
     <w:rsid w:val="00012999"/>
     <w:rsid w:val="00054AE4"/>
     <w:rsid w:val="00076488"/>
     <w:rsid w:val="000773A2"/>
     <w:rsid w:val="00081F04"/>
     <w:rsid w:val="00083C03"/>
     <w:rsid w:val="000A34D1"/>
     <w:rsid w:val="000B7ADB"/>
     <w:rsid w:val="0015064B"/>
     <w:rsid w:val="001527D1"/>
     <w:rsid w:val="001A6D44"/>
     <w:rsid w:val="001F09D5"/>
     <w:rsid w:val="00210FFA"/>
     <w:rsid w:val="00250991"/>
     <w:rsid w:val="00272C91"/>
     <w:rsid w:val="00281A1A"/>
+    <w:rsid w:val="00290937"/>
     <w:rsid w:val="00297834"/>
     <w:rsid w:val="002D0DDF"/>
     <w:rsid w:val="002D7C04"/>
     <w:rsid w:val="002E45B3"/>
+    <w:rsid w:val="002E5365"/>
     <w:rsid w:val="002F4721"/>
     <w:rsid w:val="002F4970"/>
     <w:rsid w:val="00306CFD"/>
     <w:rsid w:val="00316B26"/>
     <w:rsid w:val="003214F3"/>
     <w:rsid w:val="00325787"/>
     <w:rsid w:val="0033102E"/>
     <w:rsid w:val="00333DBF"/>
     <w:rsid w:val="00336902"/>
     <w:rsid w:val="0034108E"/>
     <w:rsid w:val="003446A6"/>
     <w:rsid w:val="00357349"/>
     <w:rsid w:val="003606A5"/>
     <w:rsid w:val="00360766"/>
     <w:rsid w:val="0036104E"/>
     <w:rsid w:val="0037423A"/>
     <w:rsid w:val="00383633"/>
     <w:rsid w:val="003A17AA"/>
     <w:rsid w:val="003A7530"/>
     <w:rsid w:val="003B277B"/>
     <w:rsid w:val="003B5013"/>
     <w:rsid w:val="003C69EB"/>
     <w:rsid w:val="0040348E"/>
     <w:rsid w:val="0042350B"/>
     <w:rsid w:val="004242B0"/>
@@ -8426,1032 +9112,1475 @@
     <w:rsid w:val="00606609"/>
     <w:rsid w:val="006223AC"/>
     <w:rsid w:val="00650DF5"/>
     <w:rsid w:val="00652376"/>
     <w:rsid w:val="00661F0D"/>
     <w:rsid w:val="00663CD6"/>
     <w:rsid w:val="006701F3"/>
     <w:rsid w:val="00673BB7"/>
     <w:rsid w:val="00690778"/>
     <w:rsid w:val="00697492"/>
     <w:rsid w:val="00697958"/>
     <w:rsid w:val="006D4109"/>
     <w:rsid w:val="006F69D7"/>
     <w:rsid w:val="007158A7"/>
     <w:rsid w:val="00734518"/>
     <w:rsid w:val="0077019D"/>
     <w:rsid w:val="00786742"/>
     <w:rsid w:val="00791966"/>
     <w:rsid w:val="007935E5"/>
     <w:rsid w:val="007952E5"/>
     <w:rsid w:val="007B0C4D"/>
     <w:rsid w:val="007D2EBA"/>
     <w:rsid w:val="007E1AE4"/>
     <w:rsid w:val="007E4F9F"/>
     <w:rsid w:val="007F39A8"/>
+    <w:rsid w:val="007F61BC"/>
     <w:rsid w:val="0081272F"/>
     <w:rsid w:val="0082284A"/>
     <w:rsid w:val="00830565"/>
     <w:rsid w:val="00847D57"/>
     <w:rsid w:val="00862BC5"/>
     <w:rsid w:val="00864E95"/>
     <w:rsid w:val="00884327"/>
     <w:rsid w:val="008B1B50"/>
     <w:rsid w:val="008C1583"/>
     <w:rsid w:val="008F052D"/>
     <w:rsid w:val="009275F4"/>
     <w:rsid w:val="009508C6"/>
     <w:rsid w:val="00953C63"/>
     <w:rsid w:val="00957A6B"/>
     <w:rsid w:val="00966097"/>
     <w:rsid w:val="00977F73"/>
     <w:rsid w:val="009A7E96"/>
     <w:rsid w:val="009B7AAE"/>
     <w:rsid w:val="009C6FE5"/>
     <w:rsid w:val="009D7226"/>
     <w:rsid w:val="009E4FF7"/>
     <w:rsid w:val="009F0CC6"/>
     <w:rsid w:val="00A2401C"/>
     <w:rsid w:val="00A26939"/>
     <w:rsid w:val="00A32E19"/>
     <w:rsid w:val="00A73B68"/>
     <w:rsid w:val="00A7623A"/>
     <w:rsid w:val="00A8038E"/>
     <w:rsid w:val="00A94EDB"/>
     <w:rsid w:val="00AA30D9"/>
     <w:rsid w:val="00AD42B3"/>
     <w:rsid w:val="00AF373F"/>
     <w:rsid w:val="00AF3B67"/>
     <w:rsid w:val="00B20FBB"/>
     <w:rsid w:val="00B21E4E"/>
     <w:rsid w:val="00B2431F"/>
     <w:rsid w:val="00B66AEE"/>
     <w:rsid w:val="00B970DA"/>
     <w:rsid w:val="00BA1105"/>
     <w:rsid w:val="00BD0477"/>
     <w:rsid w:val="00BE4AEF"/>
     <w:rsid w:val="00BF3A12"/>
     <w:rsid w:val="00C1443C"/>
+    <w:rsid w:val="00C169D3"/>
     <w:rsid w:val="00C37BB4"/>
     <w:rsid w:val="00C4377B"/>
     <w:rsid w:val="00C57868"/>
     <w:rsid w:val="00C644F7"/>
+    <w:rsid w:val="00C87E2D"/>
     <w:rsid w:val="00CB3F1E"/>
     <w:rsid w:val="00CC41D0"/>
     <w:rsid w:val="00CC76F0"/>
     <w:rsid w:val="00CE1C93"/>
     <w:rsid w:val="00CF21BD"/>
     <w:rsid w:val="00CF22FC"/>
     <w:rsid w:val="00CF7FE2"/>
     <w:rsid w:val="00D379A3"/>
     <w:rsid w:val="00D45FBC"/>
     <w:rsid w:val="00D50BFF"/>
     <w:rsid w:val="00D55B7C"/>
     <w:rsid w:val="00D9612D"/>
     <w:rsid w:val="00DC0545"/>
     <w:rsid w:val="00DD06AC"/>
     <w:rsid w:val="00DE6FF0"/>
     <w:rsid w:val="00DF4955"/>
     <w:rsid w:val="00E05267"/>
     <w:rsid w:val="00E06307"/>
     <w:rsid w:val="00E1123D"/>
     <w:rsid w:val="00E20750"/>
     <w:rsid w:val="00E233A6"/>
     <w:rsid w:val="00E244A1"/>
     <w:rsid w:val="00E249DA"/>
     <w:rsid w:val="00E4626B"/>
     <w:rsid w:val="00E65180"/>
     <w:rsid w:val="00E7054B"/>
     <w:rsid w:val="00E8335A"/>
+    <w:rsid w:val="00EA4C73"/>
     <w:rsid w:val="00EB1AA8"/>
     <w:rsid w:val="00EB1E7A"/>
     <w:rsid w:val="00ED5369"/>
     <w:rsid w:val="00EE7760"/>
     <w:rsid w:val="00EF4EE3"/>
     <w:rsid w:val="00F02EE3"/>
     <w:rsid w:val="00F04E2E"/>
     <w:rsid w:val="00F27F94"/>
     <w:rsid w:val="00F31EF4"/>
     <w:rsid w:val="00F45B5A"/>
     <w:rsid w:val="00F50D1C"/>
     <w:rsid w:val="00F72D8D"/>
     <w:rsid w:val="00F822ED"/>
     <w:rsid w:val="00F849F3"/>
     <w:rsid w:val="00F853D9"/>
     <w:rsid w:val="00FB3AC4"/>
     <w:rsid w:val="00FB537C"/>
     <w:rsid w:val="00FD2866"/>
     <w:rsid w:val="00FD3390"/>
     <w:rsid w:val="00FE1CBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0E3ED35F"/>
-  <w15:docId w15:val="{5EEF188F-962D-43E8-9BC9-5FB5AC9E50E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00306CFD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00306CFD"/>
     <w:rPr>
       <w:color w:val="3399FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="HEADING 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00306CFD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00306CFD"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="نص أساسي Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00306CFD"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00306CFD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="رأس الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00306CFD"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char1"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00306CFD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char1">
+    <w:name w:val="تذييل الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00306CFD"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007935E5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="ListTable2-Accent51">
     <w:name w:val="List Table 2 - Accent 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="00CC41D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="AAD957" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AAD957" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="AAD957" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E2F2C7" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E2F2C7" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="PlainTable11">
     <w:name w:val="Plain Table 11"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="41"/>
     <w:rsid w:val="00CC41D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light-Accent11">
     <w:name w:val="Grid Table 1 Light - Accent 11"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00CC41D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9FACD2" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="9FACD2" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0082284A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A7623A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="PlainTable41">
     <w:name w:val="Plain Table 41"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="44"/>
     <w:rsid w:val="00E1123D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A6D44"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CF7FE2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char2">
+    <w:name w:val="نص في بالون Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CF7FE2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00306CFD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00306CFD"/>
+    <w:rPr>
+      <w:color w:val="3399FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="HEADING 2"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00306CFD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00306CFD"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="نص أساسي Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00306CFD"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00306CFD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="رأس الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00306CFD"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00306CFD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char1">
+    <w:name w:val="تذييل الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00306CFD"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007935E5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ListTable2-Accent51">
+    <w:name w:val="List Table 2 - Accent 51"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="00CC41D0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="AAD957" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AAD957" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="AAD957" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2F2C7" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2F2C7" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="PlainTable11">
+    <w:name w:val="Plain Table 11"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="41"/>
+    <w:rsid w:val="00CC41D0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light-Accent11">
+    <w:name w:val="Grid Table 1 Light - Accent 11"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00CC41D0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFC8E1" w:themeColor="accent1" w:themeTint="66"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9FACD2" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="9FACD2" w:themeColor="accent1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0082284A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A7623A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="PlainTable41">
+    <w:name w:val="Plain Table 41"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="44"/>
+    <w:rsid w:val="00E1123D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
+    <w:name w:val="Unresolved Mention2"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001A6D44"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF7FE2"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char2">
+    <w:name w:val="نص في بالون Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF7FE2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.14264/uql.2016.583" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/MeSHonDemand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bpogyn.2004.10.008" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.14264/uql.2016.583" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/MeSHonDemand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bpogyn.2004.10.008" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="مدير تنفيذي">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="2F5897"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E4E9EF"/>
@@ -9707,122 +10836,115 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
 </file>
 
 <file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
   <wetp:taskpane dockstate="right" visibility="0" width="438" row="2">
     <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{E36679DB-1603-409F-A276-2DBA823B6C89}">
   <we:reference id="wa200005121" version="1.2.0.0" store="en-US" storeType="OMEX"/>
   <we:alternateReferences>
     <we:reference id="wa200005121" version="1.2.0.0" store="en-US" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1394</Words>
-  <Characters>7950</Characters>
+  <Words>1389</Words>
+  <Characters>7919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
+  <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>عناوين</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
-      <vt:lpstr>    Examples:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SACC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9326</CharactersWithSpaces>
+  <CharactersWithSpaces>9290</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BB</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7ff8043f-e9b3-4945-8bcd-3132b5aa1d56</vt:lpwstr>
   </property>
 </Properties>
 </file>