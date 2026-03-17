--- v1 (2025-12-16)
+++ v2 (2026-03-17)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="4E89C143" w14:textId="2F72FF31" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -828,56 +827,55 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>, the</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> journal will transition to this updated template.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F12371" w14:textId="627E3F69" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidSect="00AD42B3">
+        <w:sectPr w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidSect="00371766">
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
-          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="180" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="283" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20537A09" wp14:editId="5491A398">
                 <wp:extent cx="5981700" cy="113665"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="25" name="Group 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
@@ -914,377 +912,503 @@
                                   <a:pt x="6120003" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
               <v:group w14:anchorId="4B5ADFDE" id="Group 25" o:spid="_x0000_s1026" style="width:471pt;height:8.95pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="61201,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnk7QedgIAAJMFAAAOAAAAZHJzL2Uyb0RvYy54bWykVFtv2yAYfZ+0/4B4X2wnitNacaqpWaNJ&#10;VVepmfZMML5oGBiQ2Pn3+8Amt+6pe7E++O7nHLN86FuODkybRoocJ5MYIyaoLBpR5fjn9unLHUbG&#10;ElEQLgXL8ZEZ/LD6/GnZqYxNZS15wTSCIsJkncpxba3KosjQmrXETKRiApyl1C2xcNRVVGjSQfWW&#10;R9M4TqNO6kJpSZkxcLsenHjl65clo/ZHWRpmEc8xzGb9V/vvzn2j1ZJklSaqbug4BvnAFC1pBDQ9&#10;lVoTS9BeN+9KtQ3V0sjSTqhsI1mWDWV+B9gmiW+22Wi5V36XKusqdYIJoL3B6cNl6ctho9WbetXD&#10;9GA+S/rbAC5Rp6rs0u/O1Tm4L3XrkmAJ1HtEjydEWW8Rhcv5/V2yiAF4Cr4kmaXpfICc1sDLuzRa&#10;fxsT0wTwmI2J6WzumYpINjT1o51G6RRox5zhMf8Hz1tNFPOoG7f+q0ZNkeNpipEgLUh4M6oFbgAl&#10;1xyiHILjyYxg/hOfWbIYEQgQXW2aTBfXm5KM7o3dMOmhJodnYwfJFsEidbBoL4KpQfhO8txL3mIE&#10;ktcYgeR3A/6KWJfn+HMm6nIcBnF3rTywrfRee8MSkHD2cnEZ5SrE8QyjIASIHSLAcG1AVIPhW4N9&#10;uRwXfgrHtWtsJG+Kp4Zzf3DvAXvkGh0IrGX7xK0BBa6ilDZ2TUw9BHnXGMaF17PJBnIcaTtZHIHb&#10;DtjMsfmzJ5phxL8LUI97KIKhg7ELhrb8UfrnxOMDPbf9L6IVcu1hNiD2RQYRkSxw5jY/xbpMIb/u&#10;rSwbRygIOkw0HkDQ3vJ/PlhXT8vl2Ued39LVXwAAAP//AwBQSwMEFAAGAAgAAAAhAM0a8bbbAAAA&#10;BAEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdpP5rYzalFPVUCrZC8TZNpklo&#10;djZkt0n67R296GXg8R5vfi9djLZRPXW+dmwgnkSgiHNX1Fwa+Ny93c1A+YBcYOOYDFzIwyK7vkox&#10;KdzAH9RvQ6mkhH2CBqoQ2kRrn1dk0U9cSyze0XUWg8iu1EWHg5TbRk+j6ElbrFk+VNjSqqL8tD1b&#10;A+8DDsv7+LVfn46ry9fucbNfx2TM7c24fAEVaAx/YfjBF3TIhOngzlx41RiQIeH3ijd/mIo8SOh5&#10;DjpL9X/47BsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnk7QedgIAAJMFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDNGvG22wAAAAQBAAAPAAAA&#10;AAAAAAAAAAAAANAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;">
                 <v:shape id="Graphic 26" o:spid="_x0000_s1027" style="position:absolute;top:31;width:61201;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6120130,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAWsbhVwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaKqwKtUoRbrgHldF8PZonk2xeSlNVuu/N4Kwx2FmvmHW287W4k6trxwrmE4SEMSF&#10;0xWXCk7H7/EShA/IGmvHpOBJHrabfm+NqXYP/qX7IZQiQtinqMCE0KRS+sKQRT9xDXH0rq61GKJs&#10;S6lbfES4reUsSebSYsVxwWBDO0PF7fBnFSTZ4tSFSz66/Jgm2zmTn7OvXKnhoMtWIAJ14T/8ae+1&#10;gtkc3l/iD5CbFwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAWsbhVwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l6120003,e" filled="f" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00306CFD" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72FECE7B" w14:textId="77777777" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37EBA30B" w14:textId="77777777" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
+    <w:p w14:paraId="6A785957" w14:textId="646DDC82" w:rsidR="00603B98" w:rsidRPr="00E06307" w:rsidRDefault="00603B98" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="1AA0B356" w14:textId="77777777" w:rsidR="00791966" w:rsidRPr="00E06307" w:rsidRDefault="00791966" w:rsidP="00F50D1C">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Received:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF3A12" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revised:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF3A12" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accepted:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF3A12" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Published:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF3A12" w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="538CD97E" w14:textId="77777777" w:rsidR="00A32E19" w:rsidRDefault="00A32E19" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="20E89E7B" w14:textId="77777777" w:rsidR="00F31EF4" w:rsidRDefault="00F31EF4" w:rsidP="00F50D1C">
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00697958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>doi.org/00.000000.000000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044D69B4" w14:textId="77777777" w:rsidR="00397B89" w:rsidRPr="00C2560A" w:rsidRDefault="00397B89" w:rsidP="00397B89">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2560A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28DCDDB5" wp14:editId="3C322EE3">
+            <wp:extent cx="676275" cy="238125"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="3" name="Picture 502207642" descr="https://jih.uobaghdad.edu.iq/public/site/images/adminjih/del.png"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="10" name="Picture 10" descr="https://jih.uobaghdad.edu.iq/public/site/images/adminjih/del.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="676275" cy="238125"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C2560A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">© </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F6CA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F6CA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F6CA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Author(s).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F6CA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F6CA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Published</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2560A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by College of Education for Pure Science (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C2560A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ibn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C2560A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Al-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C2560A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Haitham</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C2560A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>), University of Baghdad.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C2560A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This is an open-access article distributed under the terms of the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00C2560A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:color w:val="3399FF" w:themeColor="hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>Creative Commons Attribution 4.0 International License</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6814E2CB" w14:textId="77777777" w:rsidR="00397B89" w:rsidRPr="00697958" w:rsidRDefault="00397B89" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...178 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...45 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B9BD11B" w14:textId="1B41FE74" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5992"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract  1</w:t>
       </w:r>
       <w:r w:rsidR="00512B7A" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0033102E" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1464,51 +1588,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">–Fe–B").  The abstract must be structured as </w:t>
       </w:r>
       <w:r w:rsidR="0000402B" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>background, objectives, materials and methods, results, conclusion</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and should contain between 150 and 300 words.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC3A0F4" w14:textId="7A502BC4" w:rsidR="00C4377B" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
+    <w:p w14:paraId="4EC3A0F4" w14:textId="7A502BC4" w:rsidR="00C4377B" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5992"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:r w:rsidR="00CF7FE2" w:rsidRPr="00E06307">
@@ -1581,70 +1705,118 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MeSH</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> on Demand </w:t>
       </w:r>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00697958">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://meshb.nlm.nih.gov/MeSHonDemand</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) as a tool that can automatically generate keywords.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3D94E7" w14:textId="77777777" w:rsidR="00397B89" w:rsidRDefault="00397B89" w:rsidP="00F50D1C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5992"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="118644FA" w14:textId="77777777" w:rsidR="00397B89" w:rsidRDefault="00397B89" w:rsidP="00F50D1C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5992"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6710E33D" w14:textId="77777777" w:rsidR="00397B89" w:rsidRPr="00E06307" w:rsidRDefault="00397B89" w:rsidP="00F50D1C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5992"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="24E960A6" w14:textId="5C52D750" w:rsidR="00C4377B" w:rsidRPr="00E06307" w:rsidRDefault="00C4377B" w:rsidP="00F50D1C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E4E9EF" w:themeFill="background2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5992"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C4377B" w:rsidRPr="00E06307" w:rsidSect="00CC76F0">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1260" w:bottom="1440" w:left="1440" w:header="180" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="3720" w:equalWidth="0">
             <w:col w:w="2640" w:space="315"/>
             <w:col w:w="6405"/>
           </w:cols>
@@ -1721,51 +1893,51 @@
                                   <a:pt x="6120003" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:schemeClr val="tx1"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
               <v:group w14:anchorId="435C84C1" id="Group 1517511514" o:spid="_x0000_s1026" style="width:469.2pt;height:3.6pt;flip:y;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="61201,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRm62QiQIAAKQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNuO2yAQfa/Uf0C8N7ZzcRIrzqradKNK&#10;q+1Km7bPBOOLioECiZ2/74Dt3PZt+4IGZpiZc87A6qGtOToybSopUhyNQoyYoDKrRJHin7unLwuM&#10;jCUiI1wKluITM/hh/fnTqlEJG8tS8oxpBEmESRqV4tJalQSBoSWriRlJxQQ4c6lrYmGriyDTpIHs&#10;NQ/GYRgHjdSZ0pIyY+B00znx2ufPc0btjzw3zCKeYujN+lX7de/WYL0iSaGJKivat0E+0EVNKgFF&#10;z6k2xBJ00NW7VHVFtTQytyMq60DmeUWZxwBoovAOzVbLg/JYiqQp1JkmoPaOpw+npS/HrVZv6lV3&#10;3YP5LOkfA7wEjSqSa7/bF5fgNtc1ynmlfoHwHjzAQa3n9nTmlrUWUTicLWeLxRQkoOCbzubRsuOe&#10;liDQu1u0/NbfiyMgZtLfiyczL1lAEle97/HcU6NgiMyFJ/N/PL2VRDFPv3E8vGpUZQB1Pp/GUThZ&#10;xhgJUsNMb/vxGccOkmsCoh2l/c707HYtk+SGpkk0n3VMDEzdII7G81vEJKEHY7dMAnqSkOOzsd0M&#10;Z4NFysGirRhMDS/BvQHu34DFCN6AxgjewL6rroh191xSZ6ImxUMj7qyWR7aT3mvv1AIxLl4urqNc&#10;hjCcYDTMA8R2EWC4MqBgZ/jSYF+D48J34TR3hY3kVfZUce437oNgj1yjIwFYto0cDEhwE6W0sRti&#10;yi7Iu/owLvzwmKQTx4m2l9kJNG5AzRSbvweiGUb8u4Apcj/HYOjB2A+GtvxR+v/F8wM1d+1vohVy&#10;5aE3EPZFDsN00cwhP8e6m0J+PViZV05QeHxDR/0GBttb/isA6+avud77qMvnuv4HAAD//wMAUEsD&#10;BBQABgAIAAAAIQAUEkFq2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb&#10;3ViDtjGTUgRFxItRS4/T7JgsZmdDdtvGf+/qRS8Dj/d475tyNbleHXgM1gvC5SwDxdJ4Y6VFeHu9&#10;v1iACpHEUO+FEb44wKo6PSmpMP4oL3yoY6tSiYSCELoYh0Lr0HTsKMz8wJK8Dz86ikmOrTYjHVO5&#10;6/U8y661IytpoaOB7zpuPuu9Q3hf25zzzfbpOWuYH43ePtQ2Rzw/m9a3oCJP8S8MP/gJHarEtPN7&#10;MUH1COmR+HuTt7xa5KB2CDdz0FWp/7NX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCR&#10;m62QiQIAAKQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAUEkFq2gAAAAMBAAAPAAAAAAAAAAAAAAAAAOMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;">
                 <v:shape id="Graphic 26" o:spid="_x0000_s1027" style="position:absolute;top:31;width:61201;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6120130,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAgrcFSyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X/A7hhL2ISza1nd2yUUYF9+gcg70dzdmUNZfSxK1+eyMIPt7v/602o+vEhYbQetYwmyoQxLU3&#10;LTcaDh+vDwsQISIb7DyThm8KsFnf3qywMP7K73TZx0akEA4FarAx9oWUobbkMEx9T5y4Tz84jOkc&#10;GmkGvKZw18m5Upl02HJqsNjT1lJ93n85DarMD2M8Vfenne3LrbfVsXyutJ7cjeUSRKQx/ov/3G8m&#10;zc/zp2ymHl8y+P0pASDXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAgrcFSyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" path="m,l6120003,e" filled="f" strokecolor="black [3213]" strokeweight=".5pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00306CFD" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="338D0A1B" w14:textId="6BC978E3" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
@@ -2330,68 +2502,50 @@
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>2.1.2</w:t>
       </w:r>
       <w:r w:rsidR="00697492">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sub-Subsections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E9AB880" w14:textId="77777777" w:rsidR="00E249DA" w:rsidRPr="00697958" w:rsidRDefault="00E249DA" w:rsidP="00F50D1C">
-[...16 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3E3D32AF" w14:textId="3CC004E3" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="8" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
@@ -2556,127 +2710,77 @@
       <w:r w:rsidR="003446A6" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>figures</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Emphasize or summarize only the most important observations</w:t>
       </w:r>
       <w:r w:rsidR="009275F4" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6ED179" w14:textId="77777777" w:rsidR="009E4FF7" w:rsidRDefault="009E4FF7" w:rsidP="00F50D1C">
+    <w:p w14:paraId="0716C599" w14:textId="1A6BD4F4" w:rsidR="004B2E70" w:rsidRPr="00E06307" w:rsidRDefault="004B2E70" w:rsidP="00F50D1C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...63 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E06307">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tables:</w:t>
       </w:r>
       <w:r w:rsidR="003446A6" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The caption font size </w:t>
       </w:r>
       <w:r w:rsidR="005E7933" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is 10pt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76044F49" w14:textId="04E3B385" w:rsidR="004B2E70" w:rsidRPr="00E06307" w:rsidRDefault="004B2E70" w:rsidP="00F50D1C">
       <w:pPr>
@@ -3482,52 +3586,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>small letters (a, b</w:t>
       </w:r>
       <w:r w:rsidR="00325787" w:rsidRPr="00325787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00290937">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00325787" w:rsidRPr="00325787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>, …) as labels, positioned centered below each panel</w:t>
       </w:r>
       <w:r w:rsidR="007B0C4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003446A6" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3577,51 +3679,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72452774" wp14:editId="1703CB06">
             <wp:extent cx="4229100" cy="1882140"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="24" name="Picture 24" descr="C:\Users\Dell\Desktop\بحوث نور\صور\untitled F(X) 1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Dell\Desktop\بحوث نور\صور\untitled F(X) 1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="6439"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4229100" cy="1882140"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -3816,51 +3918,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59CC5486" wp14:editId="5510D11B">
             <wp:extent cx="3557905" cy="1942747"/>
             <wp:effectExtent l="0" t="0" r="4445" b="635"/>
             <wp:docPr id="1948066137" name="Picture 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1948066137" name="Picture 15"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3593419" cy="1962139"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -3993,55 +4095,55 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57E49736" wp14:editId="7965978D">
             <wp:extent cx="3557905" cy="2194560"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="105" name="Picture 105"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId20">
+                            <a14:imgLayer r:embed="rId21">
                               <a14:imgEffect>
                                 <a14:sharpenSoften amount="25000"/>
                               </a14:imgEffect>
                               <a14:imgEffect>
                                 <a14:colorTemperature colorTemp="4700"/>
                               </a14:imgEffect>
                               <a14:imgEffect>
                                 <a14:brightnessContrast contrast="40000"/>
                               </a14:imgEffect>
                             </a14:imgLayer>
                           </a14:imgProps>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3637364" cy="2243571"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -4317,51 +4419,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>To ensure accuracy and professional formatting, all equations must be written using the equation editor in Microsoft Word</w:t>
       </w:r>
       <w:r w:rsidR="003446A6" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B1AA9F" w14:textId="63FA5517" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00EA4C73" w:rsidP="00F50D1C">
+    <w:p w14:paraId="56B1AA9F" w14:textId="63FA5517" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="004617B1" w:rsidP="00F50D1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -4498,60 +4600,51 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:bidi="fa-IR"/>
           </w:rPr>
           <m:t xml:space="preserve"> cos</m:t>
         </m:r>
         <m:r>
           <m:rPr>
             <m:sty m:val="p"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:bidi="fa-IR"/>
           </w:rPr>
           <m:t>(</m:t>
         </m:r>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:bidi="fa-IR"/>
           </w:rPr>
-          <m:t>2</m:t>
-[...8 lines deleted...]
-          <m:t>π</m:t>
+          <m:t>2π</m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <m:t>U</m:t>
             </m:r>
           </m:e>
           <m:sub>
@@ -5455,68 +5548,89 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If there is no conflict of interest, the authors should state that</w:t>
       </w:r>
       <w:r w:rsidR="00AF373F" w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>: “</w:t>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The authors declare that they have no conflicts of interest.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61DC82D8" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
+    <w:p w14:paraId="61DC82D8" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56D9C43C" w14:textId="77777777" w:rsidR="00563D90" w:rsidRPr="00E06307" w:rsidRDefault="00563D90" w:rsidP="00F50D1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9173"/>
+          <w:tab w:val="left" w:pos="9443"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="639477ED" w14:textId="06CEE13A" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697958">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -6295,51 +6409,51 @@
     <w:p w14:paraId="63A67BBE" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06E"/>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00E06307">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Book</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9353" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
@@ -6690,51 +6804,51 @@
     </w:p>
     <w:p w14:paraId="7C4FD70D" w14:textId="490D2119" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06E"/>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00E06307">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Book chapter</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9323" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
@@ -6989,51 +7103,51 @@
     </w:p>
     <w:p w14:paraId="094C6B91" w14:textId="437A6C8C" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="ECE9E5"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06E"/>
       </w:r>
       <w:r w:rsidRPr="00E06307">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00E06307">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Journal article</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="F6F4F1"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
@@ -7249,51 +7363,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gynaecol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>. 2005</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;19</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">(1):15-26. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidRPr="00E06307">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://doi.org/10.1016/j.bpogyn.2004.10.008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0832ADFD" w14:textId="77777777" w:rsidR="00306CFD" w:rsidRPr="00E06307" w:rsidRDefault="00306CFD" w:rsidP="00F50D1C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9173"/>
           <w:tab w:val="left" w:pos="9443"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -7662,51 +7776,51 @@
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Coin L. Genomics of development and disease [dataset]. 2014 Jun 1</w:t>
             </w:r>
             <w:r w:rsidR="001A6D44" w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">The University of Queensland. Available from: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r w:rsidR="001A6D44" w:rsidRPr="00E4626B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0070C0"/>
                 </w:rPr>
                 <w:t>http://dx.doi.org/10.14264/uql.2016.58</w:t>
               </w:r>
               <w:r w:rsidR="001A6D44" w:rsidRPr="00E06307">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24356FED" w14:textId="77777777" w:rsidR="0033102E" w:rsidRPr="00E06307" w:rsidRDefault="0033102E" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
@@ -7908,76 +8022,76 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Goh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E06307">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> JCH, editors. Icbme2008: Proceedings of the 13th International Conference on Biomedical Engineering; 2008 Dec 3-6; Singapore. Dordrecht: Springer; 2009. p. 151-5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FC443AE" w14:textId="77777777" w:rsidR="00A7623A" w:rsidRPr="00E06307" w:rsidRDefault="00A7623A" w:rsidP="00F50D1C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="8"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A7623A" w:rsidRPr="00E06307" w:rsidSect="00603B98">
+    <w:sectPr w:rsidR="00A7623A" w:rsidRPr="00E06307" w:rsidSect="00397B89">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="180" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1440" w:bottom="851" w:left="1440" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C21FA6D" w14:textId="77777777" w:rsidR="00EA4C73" w:rsidRDefault="00EA4C73" w:rsidP="00306CFD">
+    <w:p w14:paraId="3FFB1B1D" w14:textId="77777777" w:rsidR="004617B1" w:rsidRDefault="004617B1" w:rsidP="00306CFD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6559A346" w14:textId="77777777" w:rsidR="00EA4C73" w:rsidRDefault="00EA4C73" w:rsidP="00306CFD">
+    <w:p w14:paraId="43EB99E1" w14:textId="77777777" w:rsidR="004617B1" w:rsidRDefault="004617B1" w:rsidP="00306CFD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -8027,316 +8141,154 @@
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...154 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11161DDB" w14:textId="77777777" w:rsidR="00EA4C73" w:rsidRDefault="00EA4C73" w:rsidP="00306CFD">
+    <w:p w14:paraId="1D930CA6" w14:textId="77777777" w:rsidR="004617B1" w:rsidRDefault="004617B1" w:rsidP="00306CFD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EEA0C1F" w14:textId="77777777" w:rsidR="00EA4C73" w:rsidRDefault="00EA4C73" w:rsidP="00306CFD">
+    <w:p w14:paraId="47FC3CF1" w14:textId="77777777" w:rsidR="004617B1" w:rsidRDefault="004617B1" w:rsidP="00306CFD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="2DC48A95" w14:textId="77777777" w:rsidR="0082284A" w:rsidRDefault="0082284A" w:rsidP="00536163">
+  <w:p w14:paraId="348F29D0" w14:textId="0623FD99" w:rsidR="00306CFD" w:rsidRPr="00397B89" w:rsidRDefault="00306CFD" w:rsidP="00536163">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-      <w:rPr>
+        <w:b/>
+        <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003A17AA">
+    <w:r w:rsidRPr="00397B89">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
       <w:t>IHJPAS. 202*, *</w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidRPr="003A17AA">
+    <w:r w:rsidRPr="00397B89">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
       <w:t>*(</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
-    <w:r w:rsidRPr="003A17AA">
+    <w:r w:rsidRPr="00397B89">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
       <w:t xml:space="preserve"> ** )</w:t>
     </w:r>
-    <w:r w:rsidR="00536163">
+    <w:r w:rsidR="00536163" w:rsidRPr="00397B89">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="00536163">
+    <w:r w:rsidR="00536163" w:rsidRPr="00397B89">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:bidi="ar-IQ"/>
       </w:rPr>
       <w:t>pp</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="2EE1E18F" w14:textId="7F0160B8" w:rsidR="00306CFD" w:rsidRDefault="00862BC5" w:rsidP="00AD42B3">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r w:rsidRPr="00862BC5">
       <w:rPr>
         <w:noProof/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="126695D1" wp14:editId="236ED38F">
           <wp:extent cx="5943213" cy="883920"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
           <wp:docPr id="2" name="صورة 2" descr="C:\Users\Dr.nahla albakry\AppData\Local\Packages\5319275A.WhatsAppDesktop_cv1g1gvanyjgm\TempState\A6601BA88CC504A765CD798618C3FDCF\WhatsApp Image 2025-05-04 at 11.39.38_d227db1f.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -9056,74 +9008,78 @@
     <w:rsid w:val="00210FFA"/>
     <w:rsid w:val="00250991"/>
     <w:rsid w:val="00272C91"/>
     <w:rsid w:val="00281A1A"/>
     <w:rsid w:val="00290937"/>
     <w:rsid w:val="00297834"/>
     <w:rsid w:val="002D0DDF"/>
     <w:rsid w:val="002D7C04"/>
     <w:rsid w:val="002E45B3"/>
     <w:rsid w:val="002E5365"/>
     <w:rsid w:val="002F4721"/>
     <w:rsid w:val="002F4970"/>
     <w:rsid w:val="00306CFD"/>
     <w:rsid w:val="00316B26"/>
     <w:rsid w:val="003214F3"/>
     <w:rsid w:val="00325787"/>
     <w:rsid w:val="0033102E"/>
     <w:rsid w:val="00333DBF"/>
     <w:rsid w:val="00336902"/>
     <w:rsid w:val="0034108E"/>
     <w:rsid w:val="003446A6"/>
     <w:rsid w:val="00357349"/>
     <w:rsid w:val="003606A5"/>
     <w:rsid w:val="00360766"/>
     <w:rsid w:val="0036104E"/>
+    <w:rsid w:val="00371766"/>
     <w:rsid w:val="0037423A"/>
     <w:rsid w:val="00383633"/>
+    <w:rsid w:val="00397B89"/>
     <w:rsid w:val="003A17AA"/>
     <w:rsid w:val="003A7530"/>
     <w:rsid w:val="003B277B"/>
     <w:rsid w:val="003B5013"/>
     <w:rsid w:val="003C69EB"/>
     <w:rsid w:val="0040348E"/>
     <w:rsid w:val="0042350B"/>
     <w:rsid w:val="004242B0"/>
     <w:rsid w:val="00435174"/>
     <w:rsid w:val="00437531"/>
     <w:rsid w:val="0044051B"/>
+    <w:rsid w:val="004617B1"/>
     <w:rsid w:val="00464A43"/>
     <w:rsid w:val="004A7EAE"/>
     <w:rsid w:val="004B2E70"/>
     <w:rsid w:val="004D5020"/>
     <w:rsid w:val="004D5049"/>
     <w:rsid w:val="00512B7A"/>
     <w:rsid w:val="005257CD"/>
     <w:rsid w:val="00536163"/>
     <w:rsid w:val="00553040"/>
     <w:rsid w:val="00557854"/>
     <w:rsid w:val="00557B1A"/>
+    <w:rsid w:val="00563D90"/>
     <w:rsid w:val="00582118"/>
     <w:rsid w:val="005B101E"/>
     <w:rsid w:val="005C71E1"/>
     <w:rsid w:val="005E33F4"/>
     <w:rsid w:val="005E7933"/>
     <w:rsid w:val="00603B98"/>
     <w:rsid w:val="00605E14"/>
     <w:rsid w:val="00606609"/>
     <w:rsid w:val="006223AC"/>
     <w:rsid w:val="00650DF5"/>
     <w:rsid w:val="00652376"/>
     <w:rsid w:val="00661F0D"/>
     <w:rsid w:val="00663CD6"/>
     <w:rsid w:val="006701F3"/>
     <w:rsid w:val="00673BB7"/>
     <w:rsid w:val="00690778"/>
     <w:rsid w:val="00697492"/>
     <w:rsid w:val="00697958"/>
     <w:rsid w:val="006D4109"/>
     <w:rsid w:val="006F69D7"/>
     <w:rsid w:val="007158A7"/>
     <w:rsid w:val="00734518"/>
     <w:rsid w:val="0077019D"/>
     <w:rsid w:val="00786742"/>
     <w:rsid w:val="00791966"/>
@@ -9188,50 +9144,51 @@
     <w:rsid w:val="00CC41D0"/>
     <w:rsid w:val="00CC76F0"/>
     <w:rsid w:val="00CE1C93"/>
     <w:rsid w:val="00CF21BD"/>
     <w:rsid w:val="00CF22FC"/>
     <w:rsid w:val="00CF7FE2"/>
     <w:rsid w:val="00D379A3"/>
     <w:rsid w:val="00D45FBC"/>
     <w:rsid w:val="00D50BFF"/>
     <w:rsid w:val="00D55B7C"/>
     <w:rsid w:val="00D9612D"/>
     <w:rsid w:val="00DC0545"/>
     <w:rsid w:val="00DD06AC"/>
     <w:rsid w:val="00DE6FF0"/>
     <w:rsid w:val="00DF4955"/>
     <w:rsid w:val="00E05267"/>
     <w:rsid w:val="00E06307"/>
     <w:rsid w:val="00E1123D"/>
     <w:rsid w:val="00E20750"/>
     <w:rsid w:val="00E233A6"/>
     <w:rsid w:val="00E244A1"/>
     <w:rsid w:val="00E249DA"/>
     <w:rsid w:val="00E4626B"/>
     <w:rsid w:val="00E65180"/>
     <w:rsid w:val="00E7054B"/>
+    <w:rsid w:val="00E728C9"/>
     <w:rsid w:val="00E8335A"/>
     <w:rsid w:val="00EA4C73"/>
     <w:rsid w:val="00EB1AA8"/>
     <w:rsid w:val="00EB1E7A"/>
     <w:rsid w:val="00ED5369"/>
     <w:rsid w:val="00EE7760"/>
     <w:rsid w:val="00EF4EE3"/>
     <w:rsid w:val="00F02EE3"/>
     <w:rsid w:val="00F04E2E"/>
     <w:rsid w:val="00F27F94"/>
     <w:rsid w:val="00F31EF4"/>
     <w:rsid w:val="00F45B5A"/>
     <w:rsid w:val="00F50D1C"/>
     <w:rsid w:val="00F72D8D"/>
     <w:rsid w:val="00F822ED"/>
     <w:rsid w:val="00F849F3"/>
     <w:rsid w:val="00F853D9"/>
     <w:rsid w:val="00FB3AC4"/>
     <w:rsid w:val="00FB537C"/>
     <w:rsid w:val="00FD2866"/>
     <w:rsid w:val="00FD3390"/>
     <w:rsid w:val="00FE1CBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -10536,55 +10493,51 @@
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF7FE2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.14264/uql.2016.583" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/MeSHonDemand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bpogyn.2004.10.008" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.14264/uql.2016.583" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/MeSHonDemand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bpogyn.2004.10.008" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.co.uk/referencing/vancouver-style/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="مدير تنفيذي">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="2F5897"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E4E9EF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="6076B4"/>
       </a:accent1>
@@ -10836,115 +10789,122 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
 </file>
 
 <file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
 <wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
   <wetp:taskpane dockstate="right" visibility="0" width="438" row="2">
     <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
   </wetp:taskpane>
 </wetp:taskpanes>
 </file>
 
 <file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
 <we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{E36679DB-1603-409F-A276-2DBA823B6C89}">
   <we:reference id="wa200005121" version="1.2.0.0" store="en-US" storeType="OMEX"/>
   <we:alternateReferences>
     <we:reference id="wa200005121" version="1.2.0.0" store="en-US" storeType="OMEX"/>
   </we:alternateReferences>
   <we:properties/>
   <we:bindings/>
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1389</Words>
-  <Characters>7919</Characters>
+  <Words>1432</Words>
+  <Characters>8169</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>عناوين</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>    Examples:</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SACC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9290</CharactersWithSpaces>
+  <CharactersWithSpaces>9582</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BB</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7ff8043f-e9b3-4945-8bcd-3132b5aa1d56</vt:lpwstr>
   </property>
 </Properties>
 </file>